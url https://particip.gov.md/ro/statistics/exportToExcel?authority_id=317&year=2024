--- v0 (2025-10-07)
+++ v1 (2025-12-08)
@@ -678,51 +678,51 @@
       <c r="A2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="3">
-        <v>2033</v>
+        <v>2031</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A2:B2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>