--- v0 (2025-11-28)
+++ v1 (2026-03-12)
@@ -30,57 +30,57 @@
   </bookViews>
   <sheets>
     <sheet name="Etapa" sheetId="1" r:id="rId4"/>
     <sheet name="Domeniu" sheetId="2" r:id="rId5"/>
     <sheet name="TipDosar" sheetId="3" r:id="rId6"/>
     <sheet name="CuvintCheie" sheetId="4" r:id="rId7"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>Statistica după etapă, 2024, 
 Agenția Geodezie, Cartografie şi Cadastru</t>
   </si>
   <si>
     <t>Etapa</t>
   </si>
   <si>
     <t>Nr. dosare</t>
   </si>
   <si>
-    <t>Inițierea elaborării deciziei</t>
+    <t>Inițierea elaborării proiectului de decizie</t>
   </si>
   <si>
     <t>Consultare publică</t>
   </si>
   <si>
-    <t>Spre aprobare în Guvern</t>
+    <t>Spre promovare în Guvern</t>
   </si>
   <si>
     <t>Statistica după domeniu, 2024, 
 Agenția Geodezie, Cartografie şi Cadastru</t>
   </si>
   <si>
     <t>Domeniu</t>
   </si>
   <si>
     <t>Alt domeniu</t>
   </si>
   <si>
     <t>Statistica după tip dosar, 2024, 
 Agenția Geodezie, Cartografie şi Cadastru</t>
   </si>
   <si>
     <t>TipDosar</t>
   </si>
   <si>
     <t>Alte tipuri de acte</t>
   </si>
   <si>
     <t>Hotărâre a Guvernului</t>
   </si>
   <si>
@@ -722,51 +722,51 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="75" customWidth="true" style="0"/>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:2" customHeight="1" ht="45">
       <c r="A2" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="3">
-        <v>2031</v>
+        <v>2034</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A2:B2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>