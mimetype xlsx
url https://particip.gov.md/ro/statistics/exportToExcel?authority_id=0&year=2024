--- v0 (2025-10-21)
+++ v1 (2026-01-05)
@@ -18,260 +18,230 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Etapa" sheetId="1" r:id="rId4"/>
     <sheet name="Domeniu" sheetId="2" r:id="rId5"/>
     <sheet name="TipDosar" sheetId="3" r:id="rId6"/>
     <sheet name="CuvintCheie" sheetId="4" r:id="rId7"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
     <t>Statistica după etapă, 2024</t>
   </si>
   <si>
     <t>Etapa</t>
   </si>
   <si>
     <t>Nr. dosare</t>
   </si>
   <si>
     <t>Consultare publică repetată</t>
   </si>
   <si>
     <t>Inițierea elaborării deciziei</t>
   </si>
   <si>
     <t>Consultare publică</t>
   </si>
   <si>
     <t>Spre aprobare în Guvern</t>
   </si>
   <si>
     <t>Aprobare/adoptare și publicare</t>
   </si>
   <si>
     <t>Statistica după domeniu, 2024</t>
   </si>
   <si>
     <t>Domeniu</t>
   </si>
   <si>
     <t>Alt domeniu</t>
   </si>
   <si>
-    <t xml:space="preserve">Politica de planificare bugetară </t>
-[...5 lines deleted...]
-    <t>Gospodăria locativ-comunală</t>
+    <t>Administrarea proprietății publice</t>
+  </si>
+  <si>
+    <t>Transport și infrastructura de transport</t>
+  </si>
+  <si>
+    <t>Relaţii funciare</t>
+  </si>
+  <si>
+    <t>Muncă și protecție socială</t>
+  </si>
+  <si>
+    <t>Educație, cercetare, sport</t>
+  </si>
+  <si>
+    <t>Sănătate</t>
+  </si>
+  <si>
+    <t>Cultură</t>
+  </si>
+  <si>
+    <t>Colaborare</t>
+  </si>
+  <si>
+    <t>Tehnologia informației și comunicațiile</t>
+  </si>
+  <si>
+    <t>Administrație publică</t>
+  </si>
+  <si>
+    <t>Apărare și securitate</t>
+  </si>
+  <si>
+    <t>Diaspora</t>
+  </si>
+  <si>
+    <t>Afaceri externe și relații internaționale</t>
+  </si>
+  <si>
+    <t>Drepturile omului</t>
+  </si>
+  <si>
+    <t>Energetică</t>
+  </si>
+  <si>
+    <t>Construcții, urbanism și dezvoltare regională</t>
+  </si>
+  <si>
+    <t>Guvernare deschisă</t>
+  </si>
+  <si>
+    <t>Integrare europeană</t>
+  </si>
+  <si>
+    <t>Economie și finanțe</t>
+  </si>
+  <si>
+    <t>Statistica după tip dosar, 2024</t>
+  </si>
+  <si>
+    <t>TipDosar</t>
+  </si>
+  <si>
+    <t>Alte tipuri de acte</t>
+  </si>
+  <si>
+    <t>Hotărâre a Guvernului</t>
+  </si>
+  <si>
+    <t>Acte normative ale autorităților administrației publice centrale de specialitate</t>
+  </si>
+  <si>
+    <t>Acte normative ale autorităților publice autonome</t>
+  </si>
+  <si>
+    <t>Acte normative ale autorităților publice locale</t>
+  </si>
+  <si>
+    <t>Lege</t>
+  </si>
+  <si>
+    <t>Decret al Preşedintelui Republicii Moldova</t>
+  </si>
+  <si>
+    <t>Documente de planificare și documentele de politici publice ale Guvernului</t>
+  </si>
+  <si>
+    <t>Documente de politici de nivel local</t>
+  </si>
+  <si>
+    <t>Statistica după cuvinte-cheie, 2024</t>
+  </si>
+  <si>
+    <t>Cuvînt cheie</t>
+  </si>
+  <si>
+    <t>Social</t>
+  </si>
+  <si>
+    <t>e-guvernare</t>
+  </si>
+  <si>
+    <t>Achiziţii</t>
+  </si>
+  <si>
+    <t>Buget</t>
+  </si>
+  <si>
+    <t>Fiscal</t>
+  </si>
+  <si>
+    <t>Administrație</t>
+  </si>
+  <si>
+    <t>Reintegrare</t>
+  </si>
+  <si>
+    <t>Justiție</t>
+  </si>
+  <si>
+    <t>Antreprenoriat</t>
+  </si>
+  <si>
+    <t>Integritate</t>
+  </si>
+  <si>
+    <t>Transparență</t>
+  </si>
+  <si>
+    <t>Acces la informții</t>
+  </si>
+  <si>
+    <t>Concurență</t>
+  </si>
+  <si>
+    <t>Combaterea spălării banilor</t>
+  </si>
+  <si>
+    <t>Tehnologii informaționale</t>
+  </si>
+  <si>
+    <t>Integrarea Europeană</t>
   </si>
   <si>
     <t>Transportul</t>
-  </si>
-[...163 lines deleted...]
-    <t>Combaterea spălării banilor</t>
   </si>
   <si>
     <t>Stagii</t>
   </si>
   <si>
     <t>Cooperare transfrontalieră</t>
   </si>
   <si>
     <t>Cooperare transnaţională</t>
   </si>
   <si>
     <t>Tarife</t>
   </si>
   <si>
     <t>Fără cuvînt-cheie/tag</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
@@ -686,766 +656,670 @@
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="3">
         <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" s="3" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="3">
-        <v>1078</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="3">
-        <v>1237</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="3">
         <v>66</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" s="3" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="3">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A2:B2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:B36"/>
+  <dimension ref="A1:B24"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A4" sqref="A4:B36"/>
+      <selection activeCell="A4" sqref="A4:B24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="75" customWidth="true" style="0"/>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:2" customHeight="1" ht="45">
       <c r="A2" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B5" s="3">
-        <v>1633</v>
+        <v>1634</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B6" s="3">
-        <v>2</v>
+        <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B7" s="3">
-        <v>5</v>
+        <v>116</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="B8" s="3">
-        <v>30</v>
+        <v>2</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B9" s="3">
-        <v>98</v>
+        <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="3">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B11" s="3">
-        <v>7</v>
+        <v>147</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B12" s="3">
-        <v>2</v>
+        <v>47</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B13" s="3">
-        <v>100</v>
+        <v>2</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B14" s="3">
-        <v>3</v>
+        <v>17</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B15" s="3">
-        <v>147</v>
+        <v>62</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B16" s="3">
-        <v>47</v>
+        <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B17" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B18" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B19" s="3">
-        <v>2</v>
+        <v>5</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B20" s="3">
-        <v>15</v>
+        <v>99</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B21" s="3">
-        <v>60</v>
+        <v>86</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B22" s="3">
-        <v>9</v>
+        <v>4</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B23" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B24" s="3">
-        <v>2</v>
-[...38 lines deleted...]
-      <c r="B29" s="3">
         <v>14</v>
-      </c>
-[...54 lines deleted...]
-        <v>5</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A2:B2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:B13"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A4" sqref="A4:B13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="75" customWidth="true" style="0"/>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:2" customHeight="1" ht="45">
       <c r="A2" s="1" t="s">
-        <v>42</v>
+        <v>30</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" s="2" t="s">
-        <v>43</v>
+        <v>31</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" s="3" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="B5" s="3">
         <v>147</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" s="3" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="B6" s="3">
-        <v>1711</v>
+        <v>1709</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" s="3" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="B7" s="3">
         <v>225</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" s="3" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="B8" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" s="3" t="s">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="B9" s="3">
         <v>57</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" s="3" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="B10" s="3">
         <v>231</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" s="3" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="B11" s="3">
         <v>4</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" s="3" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="B12" s="3">
         <v>3</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" s="3" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="B13" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A2:B2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:B31"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A4" sqref="A4:B31"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="75" customWidth="true" style="0"/>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:2" customHeight="1" ht="45">
       <c r="A2" s="1" t="s">
-        <v>53</v>
+        <v>41</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" s="2" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" s="3" t="s">
-        <v>55</v>
+        <v>43</v>
       </c>
       <c r="B5" s="3">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" s="3" t="s">
-        <v>56</v>
+        <v>44</v>
       </c>
       <c r="B6" s="3">
         <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" s="3" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="B7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" s="3" t="s">
-        <v>58</v>
+        <v>46</v>
       </c>
       <c r="B8" s="3">
         <v>7</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" s="3" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="B9" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" s="3" t="s">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="B10" s="3">
         <v>73</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" s="3" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="B11" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" s="3" t="s">
-        <v>61</v>
+        <v>49</v>
       </c>
       <c r="B12" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" s="3" t="s">
-        <v>62</v>
+        <v>50</v>
       </c>
       <c r="B13" s="3">
         <v>104</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" s="3" t="s">
-        <v>63</v>
+        <v>51</v>
       </c>
       <c r="B14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" s="3" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="B15" s="3">
         <v>57</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" s="3" t="s">
-        <v>64</v>
+        <v>52</v>
       </c>
       <c r="B16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" s="3" t="s">
-        <v>65</v>
+        <v>53</v>
       </c>
       <c r="B17" s="3">
         <v>94</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" s="3" t="s">
-        <v>66</v>
+        <v>54</v>
       </c>
       <c r="B18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" s="3" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="B19" s="3">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="B20" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" s="3" t="s">
-        <v>67</v>
+        <v>55</v>
       </c>
       <c r="B21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" s="3" t="s">
-        <v>68</v>
+        <v>11</v>
       </c>
       <c r="B22" s="3">
         <v>42</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" s="3" t="s">
-        <v>69</v>
+        <v>56</v>
       </c>
       <c r="B23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" s="3" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
       <c r="B24" s="3">
         <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" s="3" t="s">
-        <v>40</v>
+        <v>58</v>
       </c>
       <c r="B25" s="3">
         <v>7</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" s="3" t="s">
-        <v>14</v>
+        <v>59</v>
       </c>
       <c r="B26" s="3">
         <v>4</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" s="3" t="s">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="B27" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" s="3" t="s">
-        <v>71</v>
+        <v>61</v>
       </c>
       <c r="B28" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" s="3" t="s">
-        <v>72</v>
+        <v>62</v>
       </c>
       <c r="B29" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" s="3" t="s">
-        <v>73</v>
+        <v>63</v>
       </c>
       <c r="B30" s="3">
         <v>4</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" s="3" t="s">
-        <v>74</v>
+        <v>64</v>
       </c>
       <c r="B31" s="3">
-        <v>2033</v>
+        <v>2031</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A2:B2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>