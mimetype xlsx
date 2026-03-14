--- v1 (2026-01-05)
+++ v2 (2026-03-14)
@@ -32,204 +32,204 @@
     <sheet name="Etapa" sheetId="1" r:id="rId4"/>
     <sheet name="Domeniu" sheetId="2" r:id="rId5"/>
     <sheet name="TipDosar" sheetId="3" r:id="rId6"/>
     <sheet name="CuvintCheie" sheetId="4" r:id="rId7"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
     <t>Statistica după etapă, 2024</t>
   </si>
   <si>
     <t>Etapa</t>
   </si>
   <si>
     <t>Nr. dosare</t>
   </si>
   <si>
     <t>Consultare publică repetată</t>
   </si>
   <si>
-    <t>Inițierea elaborării deciziei</t>
+    <t>Inițierea elaborării proiectului de decizie</t>
   </si>
   <si>
     <t>Consultare publică</t>
   </si>
   <si>
-    <t>Spre aprobare în Guvern</t>
+    <t>Spre promovare în Guvern</t>
   </si>
   <si>
     <t>Aprobare/adoptare și publicare</t>
   </si>
   <si>
     <t>Statistica după domeniu, 2024</t>
   </si>
   <si>
     <t>Domeniu</t>
   </si>
   <si>
     <t>Alt domeniu</t>
   </si>
   <si>
+    <t>Transport și infrastructura de transport</t>
+  </si>
+  <si>
+    <t>Muncă și protecție socială</t>
+  </si>
+  <si>
+    <t>Educație, cercetare, sport</t>
+  </si>
+  <si>
+    <t>Sănătate</t>
+  </si>
+  <si>
+    <t>Cultură</t>
+  </si>
+  <si>
+    <t>Colaborare</t>
+  </si>
+  <si>
+    <t>Tehnologia informației și comunicațiile</t>
+  </si>
+  <si>
+    <t>Administrație publică</t>
+  </si>
+  <si>
+    <t>Apărare și securitate</t>
+  </si>
+  <si>
+    <t>Afaceri externe și relații internaționale</t>
+  </si>
+  <si>
+    <t>Energetică</t>
+  </si>
+  <si>
+    <t>Construcții, urbanism și dezvoltare regională</t>
+  </si>
+  <si>
+    <t>Integrare europeană</t>
+  </si>
+  <si>
+    <t>Economie și finanțe</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Justiție </t>
+  </si>
+  <si>
+    <t>Statistica după tip dosar, 2024</t>
+  </si>
+  <si>
+    <t>TipDosar</t>
+  </si>
+  <si>
+    <t>Alte tipuri de acte</t>
+  </si>
+  <si>
+    <t>Hotărâre a Guvernului</t>
+  </si>
+  <si>
+    <t>Acte normative ale autorităților administrației publice centrale de specialitate</t>
+  </si>
+  <si>
+    <t>Acte normative ale autorităților publice autonome</t>
+  </si>
+  <si>
+    <t>Acte normative ale autorităților publice locale</t>
+  </si>
+  <si>
+    <t>Lege</t>
+  </si>
+  <si>
+    <t>Decret al Preşedintelui Republicii Moldova</t>
+  </si>
+  <si>
+    <t>Documente de planificare și documentele de politici publice ale Guvernului</t>
+  </si>
+  <si>
+    <t>Documente de politici de nivel local</t>
+  </si>
+  <si>
+    <t>Statistica după cuvinte-cheie, 2024</t>
+  </si>
+  <si>
+    <t>Cuvînt cheie</t>
+  </si>
+  <si>
+    <t>Social</t>
+  </si>
+  <si>
+    <t>e-guvernare</t>
+  </si>
+  <si>
+    <t>Achiziţii</t>
+  </si>
+  <si>
+    <t>Buget</t>
+  </si>
+  <si>
+    <t>Fiscal</t>
+  </si>
+  <si>
+    <t>Administrație</t>
+  </si>
+  <si>
+    <t>Diaspora</t>
+  </si>
+  <si>
+    <t>Reintegrare</t>
+  </si>
+  <si>
+    <t>Justiție</t>
+  </si>
+  <si>
+    <t>Antreprenoriat</t>
+  </si>
+  <si>
+    <t>Guvernare deschisă</t>
+  </si>
+  <si>
+    <t>Integritate</t>
+  </si>
+  <si>
+    <t>Transparență</t>
+  </si>
+  <si>
+    <t>Acces la informții</t>
+  </si>
+  <si>
+    <t>Drepturile omului</t>
+  </si>
+  <si>
+    <t>Concurență</t>
+  </si>
+  <si>
     <t>Administrarea proprietății publice</t>
-  </si>
-[...130 lines deleted...]
-    <t>Concurență</t>
   </si>
   <si>
     <t>Combaterea spălării banilor</t>
   </si>
   <si>
     <t>Tehnologii informaționale</t>
   </si>
   <si>
     <t>Integrarea Europeană</t>
   </si>
   <si>
     <t>Transportul</t>
   </si>
   <si>
     <t>Stagii</t>
   </si>
   <si>
     <t>Cooperare transfrontalieră</t>
   </si>
   <si>
     <t>Cooperare transnaţională</t>
   </si>
   <si>
     <t>Tarife</t>
   </si>
@@ -656,595 +656,563 @@
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="3">
         <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" s="3" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="3">
-        <v>1077</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="3">
-        <v>1236</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="3">
-        <v>66</v>
+        <v>68</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" s="3" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="3">
-        <v>4</v>
+        <v>8</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A2:B2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:B24"/>
+  <dimension ref="A1:B20"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A4" sqref="A4:B24"/>
+      <selection activeCell="A4" sqref="A4:B20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="75" customWidth="true" style="0"/>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:2" customHeight="1" ht="45">
       <c r="A2" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B5" s="3">
-        <v>1634</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B6" s="3">
-        <v>32</v>
+        <v>116</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B7" s="3">
-        <v>116</v>
+        <v>100</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="B8" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B9" s="3">
-        <v>100</v>
+        <v>147</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="3">
-        <v>3</v>
+        <v>47</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B11" s="3">
-        <v>147</v>
+        <v>2</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B12" s="3">
-        <v>47</v>
+        <v>17</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B13" s="3">
-        <v>2</v>
+        <v>101</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B14" s="3">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B15" s="3">
-        <v>62</v>
+        <v>2</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B16" s="3">
-        <v>9</v>
+        <v>99</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B17" s="3">
-        <v>2</v>
+        <v>87</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B18" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B19" s="3">
-        <v>5</v>
+        <v>14</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B20" s="3">
-        <v>99</v>
-[...31 lines deleted...]
-        <v>14</v>
+        <v>5</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A2:B2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:B13"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A4" sqref="A4:B13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="75" customWidth="true" style="0"/>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:2" customHeight="1" ht="45">
       <c r="A2" s="1" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" s="2" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" s="3" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="B5" s="3">
-        <v>147</v>
+        <v>148</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" s="3" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="B6" s="3">
-        <v>1709</v>
+        <v>1716</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" s="3" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="B7" s="3">
         <v>225</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" s="3" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="B8" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" s="3" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="B9" s="3">
         <v>57</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" s="3" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="B10" s="3">
-        <v>231</v>
+        <v>233</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" s="3" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="B11" s="3">
         <v>4</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" s="3" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="B12" s="3">
         <v>3</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" s="3" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="B13" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A2:B2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:B31"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A4" sqref="A4:B31"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="75" customWidth="true" style="0"/>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:2" customHeight="1" ht="45">
       <c r="A2" s="1" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" s="2" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" s="3" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="B5" s="3">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" s="3" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="B6" s="3">
         <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" s="3" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="B7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" s="3" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="B8" s="3">
         <v>7</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" s="3" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="B9" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" s="3" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="B10" s="3">
         <v>73</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" s="3" t="s">
-        <v>22</v>
+        <v>45</v>
       </c>
       <c r="B11" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" s="3" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="B12" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" s="3" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="B13" s="3">
         <v>104</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" s="3" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="B14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" s="3" t="s">
-        <v>27</v>
+        <v>49</v>
       </c>
       <c r="B15" s="3">
         <v>57</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" s="3" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" s="3" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="B17" s="3">
         <v>94</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" s="3" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="B18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" s="3" t="s">
-        <v>24</v>
+        <v>53</v>
       </c>
       <c r="B19" s="3">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" s="3" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B20" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" s="3" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" s="3" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="B22" s="3">
         <v>42</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B24" s="3">
         <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" s="3" t="s">
         <v>58</v>
       </c>
@@ -1275,51 +1243,51 @@
       <c r="B28" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B29" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B30" s="3">
         <v>4</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B31" s="3">
-        <v>2031</v>
+        <v>2041</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A2:B2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>